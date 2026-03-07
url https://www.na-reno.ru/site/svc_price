--- v0 (2025-10-28)
+++ v1 (2026-03-07)
@@ -1,848 +1,1015 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
-<workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" mc:Ignorable="x15">
-[...6 lines deleted...]
-  </mc:AlternateContent>
+<workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="4" rupBuild="29127"/>
+  <workbookPr filterPrivacy="1" defaultThemeVersion="124226"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{017424E1-EC4B-46D3-A16D-D58E91B75732}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-120" yWindow="-120" windowWidth="20730" windowHeight="11760"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15840" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Лист1" sheetId="1" r:id="rId1"/>
     <sheet name="Лист2" sheetId="2" r:id="rId2"/>
     <sheet name="Лист3" sheetId="3" r:id="rId3"/>
   </sheets>
-  <calcPr calcId="125725"/>
+  <calcPr calcId="191029"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="122" uniqueCount="87">
-[...32 lines deleted...]
-  </si>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="90" uniqueCount="81">
   <si>
     <r>
       <t xml:space="preserve">Прайс на услуги сервисного центра </t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="14"/>
         <color theme="1"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <charset val="204"/>
       </rPr>
       <t>«</t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="14"/>
         <color theme="1"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <charset val="204"/>
         <scheme val="minor"/>
       </rPr>
       <t>НА-РЕНО»</t>
     </r>
   </si>
   <si>
-    <t>Указанная стоимость работ не является публичной офертой, носит справочный характер и может быть изменена.</t>
+    <t>Дастер Каптюр</t>
+  </si>
+  <si>
+    <t>Меган 2/3</t>
+  </si>
+  <si>
+    <t>Сценик 2/3</t>
+  </si>
+  <si>
+    <t>Ремень ГРМ                             1,4 8 кл.</t>
   </si>
   <si>
     <t xml:space="preserve">                                                  1,4 16 кл.</t>
   </si>
   <si>
     <t xml:space="preserve">                                                  1,6 8 кл.</t>
   </si>
   <si>
     <t xml:space="preserve">                                                  1,6 16 кл.</t>
   </si>
   <si>
     <t xml:space="preserve">                                                  2,0 16 кл.</t>
   </si>
   <si>
-    <t>255-40-40</t>
-[...5 lines deleted...]
-    <t>Фильтр топливный выносной дизель</t>
+    <t xml:space="preserve">                                                  1,5 дизель</t>
+  </si>
+  <si>
+    <t xml:space="preserve">                                                  ВАЗ 8 кл./помпа</t>
+  </si>
+  <si>
+    <t xml:space="preserve">                                                  ВАЗ 16 кл./помпа</t>
+  </si>
+  <si>
+    <t>Сход-развал  1ось/2оси</t>
+  </si>
+  <si>
+    <t>Диагностика подвески</t>
+  </si>
+  <si>
+    <t>Масло в ДВС (+фильтр  -замена</t>
+  </si>
+  <si>
+    <t>Фильтр воздушный бенз./дизель</t>
+  </si>
+  <si>
+    <t>200/400</t>
+  </si>
+  <si>
+    <t>Фильтр топливный выносной дизель неразб/разб</t>
+  </si>
+  <si>
+    <t>1500/1800</t>
   </si>
   <si>
     <t>Фильтр топливный выносной бензин</t>
   </si>
   <si>
-    <t>Логан1,2/ Сандеро</t>
-[...2 lines deleted...]
-    <t>Фильтр воздушный бенз./дизель</t>
+    <t>Фильтр топливный погружной (в баке)</t>
+  </si>
+  <si>
+    <t>Фильтр салона - установка</t>
   </si>
   <si>
     <t>Фильтра салона - замена</t>
   </si>
   <si>
     <t>Свечи 8 кл. - замена</t>
   </si>
   <si>
     <t>Свечи 16 кл. - замена</t>
   </si>
   <si>
+    <t>Свечи 16 кл. H4M - замена</t>
+  </si>
+  <si>
     <t>Масло в МКПП - замена</t>
   </si>
   <si>
     <t>Тяга рулевая - замена</t>
   </si>
   <si>
     <t>Наконечник рулевой - замена</t>
   </si>
   <si>
+    <t>Колодки тормозные передние комплект - замена</t>
+  </si>
+  <si>
+    <t>Колодки тормозные задние к-т мех/элект - замена</t>
+  </si>
+  <si>
+    <t>Барабан тормозной задний - замена</t>
+  </si>
+  <si>
+    <t>Диски тормозные передние (2шт) - замена</t>
+  </si>
+  <si>
     <t>Диски тормозные задние (2шт) - замена</t>
   </si>
   <si>
-    <t>Диски тормозные передние (2шт) - замена</t>
+    <t>1400/2800</t>
+  </si>
+  <si>
+    <t>2000/4000</t>
+  </si>
+  <si>
+    <t>Шаровая опора /клёпанная/ - замена</t>
+  </si>
+  <si>
+    <t>1400/2200</t>
+  </si>
+  <si>
+    <t>Стойка стабилизатора переднего 1шт./2шт.- замена</t>
   </si>
   <si>
     <t>Втулки стабилизатора переднего/заднего - замена</t>
   </si>
   <si>
+    <t>1800/1000</t>
+  </si>
+  <si>
     <t>Сайлентблоки задней балки - замена</t>
   </si>
   <si>
     <t>Сайлентблоки подрамника - замена</t>
   </si>
   <si>
     <t>Подшипник ступицы перед. безABS/сABS - замена</t>
   </si>
   <si>
     <t>Подшипник ступицы задней - замена</t>
   </si>
   <si>
+    <t>Стойка амортизатора передняя - замена</t>
+  </si>
+  <si>
+    <t>Стойка амортизатора задняя - замена</t>
+  </si>
+  <si>
+    <t>1250/1750</t>
+  </si>
+  <si>
+    <t>Пыльник привода наружный правый-замена</t>
+  </si>
+  <si>
+    <t>Пыльник привода внутренний правый-замена</t>
+  </si>
+  <si>
+    <t>Пыльник привода наружный левый-замена</t>
+  </si>
+  <si>
+    <t>Пыльник привода внутренний левый-замена</t>
+  </si>
+  <si>
     <t>Привод правый-замена</t>
   </si>
   <si>
     <t>Привод левый-замена</t>
   </si>
   <si>
-    <t>Пермь, ул. Леонова, 55/7</t>
-[...2 lines deleted...]
-    <t>от 3000</t>
+    <t>Заправка кондиционера</t>
+  </si>
+  <si>
+    <t>Антифриз - замена</t>
+  </si>
+  <si>
+    <t>Жидкость тормозная - замена</t>
   </si>
   <si>
     <t>Сцепление - замена</t>
   </si>
   <si>
-    <t>Барабан тормозной задний - замена</t>
-[...101 lines deleted...]
-    <t>8700/11000</t>
+    <t>Указанная стоимость работ не является публичной офертой, носит информационный характер и может быть изменена.</t>
+  </si>
+  <si>
+    <t>6000/3000</t>
+  </si>
+  <si>
+    <t>4000/2500</t>
+  </si>
+  <si>
+    <t>1400/2300</t>
+  </si>
+  <si>
+    <t>1750/2900</t>
+  </si>
+  <si>
+    <t>3800/5600</t>
+  </si>
+  <si>
+    <t>3000/4000</t>
+  </si>
+  <si>
+    <t>4750/7000</t>
+  </si>
+  <si>
+    <t>2600/3000</t>
+  </si>
+  <si>
+    <t>1200/1400</t>
+  </si>
+  <si>
+    <t>13000/15000</t>
+  </si>
+  <si>
+    <t>11000/11400</t>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">Рычаг передней подвески - замена на </t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <i/>
+        <u/>
+        <sz val="12"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>1 рычаг/2 рычага</t>
+    </r>
   </si>
   <si>
     <r>
       <t xml:space="preserve">Сайлентблоки переднего рычага - замена
 на </t>
     </r>
     <r>
       <rPr>
         <b/>
         <i/>
         <u/>
         <sz val="12"/>
         <color theme="1"/>
         <rFont val="Calibri"/>
         <family val="2"/>
-        <charset val="204"/>
         <scheme val="minor"/>
       </rPr>
       <t>1 рычаге/2-х рычагах</t>
     </r>
-  </si>
-[...41 lines deleted...]
-    <t>800/100</t>
   </si>
   <si>
     <r>
       <t xml:space="preserve">Жидкость </t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="12"/>
         <color theme="1"/>
         <rFont val="Calibri"/>
         <family val="2"/>
-        <charset val="204"/>
         <scheme val="minor"/>
       </rPr>
       <t>ГУР/ ЭГУР</t>
     </r>
     <r>
       <rPr>
         <sz val="12"/>
         <color theme="1"/>
         <rFont val="Calibri"/>
         <family val="2"/>
-        <charset val="204"/>
         <scheme val="minor"/>
       </rPr>
       <t xml:space="preserve"> - замена</t>
     </r>
   </si>
+  <si>
+    <t>13200/16500</t>
+  </si>
+  <si>
+    <t>2200/2400</t>
+  </si>
+  <si>
+    <t>8000/22000</t>
+  </si>
+  <si>
+    <t>3750/7750</t>
+  </si>
+  <si>
+    <t>Симбол/ Кангу 1/2</t>
+  </si>
+  <si>
+    <t>Логан, Сандеро 1/2, Ларгус, Альмера</t>
+  </si>
+  <si>
+    <t>Пермь, ул. Леонова, 55/7</t>
+  </si>
+  <si>
+    <t>255-40-40</t>
+  </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" mc:Ignorable="x14ac x16r2">
-  <fonts count="10" x14ac:knownFonts="1">
+<styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
+  <fonts count="13" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
+      <color theme="1"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <sz val="11"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <b/>
+      <sz val="18"/>
+      <color theme="1"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+      <charset val="204"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <b/>
+      <sz val="12"/>
+      <color rgb="FF333333"/>
+      <name val="Arial"/>
+      <family val="2"/>
+      <charset val="204"/>
+    </font>
+    <font>
+      <b/>
+      <sz val="36"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <charset val="204"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="14"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <charset val="204"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
-      <i/>
-[...1 lines deleted...]
-      <sz val="11"/>
+      <sz val="14"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <charset val="204"/>
-      <scheme val="minor"/>
     </font>
     <font>
       <sz val="12"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <charset val="204"/>
       <scheme val="minor"/>
     </font>
     <font>
+      <sz val="12"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <sz val="12"/>
+      <color theme="1"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <b/>
+      <i/>
+      <u/>
+      <sz val="12"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
       <b/>
       <i/>
       <u/>
       <sz val="12"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
-      <charset val="204"/>
-[...33 lines deleted...]
-      <charset val="204"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="12"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
-      <charset val="204"/>
       <scheme val="minor"/>
     </font>
   </fonts>
-  <fills count="2">
+  <fills count="4">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="0"/>
+        <bgColor indexed="64"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="0" tint="-0.14999847407452621"/>
+        <bgColor indexed="64"/>
+      </patternFill>
+    </fill>
   </fills>
-  <borders count="7">
+  <borders count="14">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
-      <left style="thin">
-[...22 lines deleted...]
-      </top>
+      <left/>
+      <right/>
+      <top/>
       <bottom style="medium">
-        <color indexed="64"/>
-[...11 lines deleted...]
-      <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="medium">
         <color indexed="64"/>
       </left>
       <right/>
       <top style="medium">
         <color indexed="64"/>
       </top>
       <bottom style="medium">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top style="medium">
         <color indexed="64"/>
       </top>
       <bottom style="medium">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
+      <left style="medium">
+        <color indexed="64"/>
+      </left>
+      <right style="medium">
+        <color indexed="64"/>
+      </right>
+      <top style="medium">
+        <color indexed="64"/>
+      </top>
+      <bottom style="thin">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
       <left/>
+      <right style="thin">
+        <color indexed="64"/>
+      </right>
+      <top style="medium">
+        <color indexed="64"/>
+      </top>
+      <bottom style="thin">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="medium">
+        <color indexed="64"/>
+      </left>
+      <right style="medium">
+        <color indexed="64"/>
+      </right>
+      <top style="thin">
+        <color indexed="64"/>
+      </top>
+      <bottom style="thin">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left/>
+      <right style="thin">
+        <color indexed="64"/>
+      </right>
+      <top style="thin">
+        <color indexed="64"/>
+      </top>
+      <bottom style="thin">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="medium">
+        <color indexed="64"/>
+      </left>
+      <right style="medium">
+        <color indexed="64"/>
+      </right>
+      <top style="thin">
+        <color indexed="64"/>
+      </top>
+      <bottom style="medium">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left/>
+      <right style="thin">
+        <color indexed="64"/>
+      </right>
+      <top style="thin">
+        <color indexed="64"/>
+      </top>
+      <bottom style="medium">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="medium">
+        <color indexed="64"/>
+      </left>
+      <right style="medium">
+        <color indexed="64"/>
+      </right>
+      <top style="medium">
+        <color indexed="64"/>
+      </top>
+      <bottom style="medium">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="medium">
+        <color indexed="64"/>
+      </left>
       <right/>
-      <top/>
+      <top style="medium">
+        <color indexed="64"/>
+      </top>
+      <bottom style="thin">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="medium">
+        <color indexed="64"/>
+      </left>
+      <right/>
+      <top style="thin">
+        <color indexed="64"/>
+      </top>
+      <bottom style="thin">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="medium">
+        <color indexed="64"/>
+      </left>
+      <right/>
+      <top style="thin">
+        <color indexed="64"/>
+      </top>
       <bottom style="medium">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="20">
+  <cellXfs count="47">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
+    <xf numFmtId="0" fontId="0" fillId="2" borderId="0" xfId="0" applyFill="1"/>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="2" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="3" borderId="9" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="2" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="2" borderId="5" xfId="0" quotePrefix="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="3" borderId="6" xfId="0" quotePrefix="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="3" borderId="7" xfId="0" quotePrefix="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="2" borderId="7" xfId="0" quotePrefix="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="3" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="2" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="3" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="2" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="3" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="2" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="2" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="16" fontId="9" fillId="3" borderId="6" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="3" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="2" borderId="4" xfId="0" quotePrefix="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="3" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="2" borderId="6" xfId="0" quotePrefix="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="2" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="3" borderId="6" xfId="0" quotePrefix="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="2" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="3" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="3" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="3" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="2" borderId="6" xfId="0" quotePrefix="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="3" borderId="11" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="9" fillId="3" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="12" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="9" fillId="2" borderId="6" xfId="0" quotePrefix="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="3" borderId="6" xfId="0" quotePrefix="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="2" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="8" fillId="2" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="3" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="3" borderId="13" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="11" fillId="3" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="3" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="3" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" shrinkToFit="1"/>
+    </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
-    </xf>
-[...44 lines deleted...]
-      <alignment horizontal="center" vertical="center"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Обычный" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
-  <tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
+  <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleMedium9"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
-      <xdr:colOff>1</xdr:colOff>
+      <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
-      <xdr:colOff>652592</xdr:colOff>
+      <xdr:colOff>180975</xdr:colOff>
       <xdr:row>2</xdr:row>
-      <xdr:rowOff>552449</xdr:rowOff>
+      <xdr:rowOff>581025</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="2" name="Рисунок 1" descr="narenorf.png">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0000-000002000000}"/>
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{9E5238D7-F4BF-4B63-B389-F9B919D494BD}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
-          <a:off x="1" y="0"/>
-          <a:ext cx="4110166" cy="1057274"/>
+          <a:off x="0" y="0"/>
+          <a:ext cx="4124325" cy="1066800"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
-<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
+<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme 2007 - 2010">
   <a:themeElements>
-    <a:clrScheme name="Стандартная">
+    <a:clrScheme name="Office 2007 - 2010">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
         <a:srgbClr val="9BBB59"/>
       </a:accent3>
       <a:accent4>
         <a:srgbClr val="8064A2"/>
       </a:accent4>
       <a:accent5>
         <a:srgbClr val="4BACC6"/>
       </a:accent5>
       <a:accent6>
         <a:srgbClr val="F79646"/>
       </a:accent6>
       <a:hlink>
         <a:srgbClr val="0000FF"/>
       </a:hlink>
       <a:folHlink>
         <a:srgbClr val="800080"/>
       </a:folHlink>
     </a:clrScheme>
-    <a:fontScheme name="Стандартная">
+    <a:fontScheme name="Office 2007 - 2010">
       <a:majorFont>
-        <a:latin typeface="Cambria" panose="020F0302020204030204"/>
+        <a:latin typeface="Cambria"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="ＭＳ Ｐゴシック"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="宋体"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Tahoma"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Times New Roman"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
       </a:majorFont>
       <a:minorFont>
-        <a:latin typeface="Calibri" panose="020F0502020204030204"/>
+        <a:latin typeface="Calibri"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="ＭＳ Ｐゴシック"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="宋体"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Arial"/>
         <a:font script="Hebr" typeface="Arial"/>
         <a:font script="Thai" typeface="Tahoma"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="DaunPenh"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
       </a:minorFont>
     </a:fontScheme>
-    <a:fmtScheme name="Стандартная">
+    <a:fmtScheme name="Office 2007 - 2010">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:tint val="50000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="35000">
               <a:schemeClr val="phClr">
                 <a:tint val="37000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:tint val="15000"/>
                 <a:satMod val="350000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
@@ -975,1064 +1142,1099 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
-  <dimension ref="A1:E68"/>
+  <dimension ref="A1:F56"/>
   <sheetViews>
-    <sheetView tabSelected="1" workbookViewId="0">
-      <selection activeCell="F1" sqref="F1"/>
+    <sheetView tabSelected="1" zoomScaleNormal="100" workbookViewId="0">
+      <selection activeCell="F57" sqref="F57"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
-    <col min="1" max="1" width="51.85546875" customWidth="1"/>
-    <col min="2" max="5" width="12.85546875" customWidth="1"/>
+    <col min="1" max="1" width="59.140625" bestFit="1" customWidth="1"/>
+    <col min="2" max="2" width="14.7109375" style="1" bestFit="1" customWidth="1"/>
+    <col min="3" max="3" width="13.42578125" bestFit="1" customWidth="1"/>
+    <col min="4" max="4" width="12.28515625" bestFit="1" customWidth="1"/>
+    <col min="5" max="5" width="13.42578125" style="2" bestFit="1" customWidth="1"/>
+    <col min="6" max="6" width="12.140625" style="2" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:5" ht="16.5" customHeight="1" x14ac:dyDescent="0.25"/>
-[...1 lines deleted...]
-      <c r="C2" s="19" t="s">
+    <row r="1" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="B1"/>
+      <c r="E1"/>
+      <c r="F1"/>
+    </row>
+    <row r="2" spans="1:6" ht="23.25" x14ac:dyDescent="0.25">
+      <c r="B2"/>
+      <c r="D2" s="44" t="s">
+        <v>79</v>
+      </c>
+      <c r="E2" s="44"/>
+      <c r="F2" s="44"/>
+    </row>
+    <row r="3" spans="1:6" ht="46.5" x14ac:dyDescent="0.25">
+      <c r="A3" s="3"/>
+      <c r="B3"/>
+      <c r="D3" s="45" t="s">
+        <v>80</v>
+      </c>
+      <c r="E3" s="45"/>
+      <c r="F3" s="45"/>
+    </row>
+    <row r="4" spans="1:6" ht="19.5" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A4" s="46" t="s">
+        <v>0</v>
+      </c>
+      <c r="B4" s="46"/>
+      <c r="C4" s="46"/>
+      <c r="D4" s="46"/>
+      <c r="E4" s="46"/>
+      <c r="F4" s="46"/>
+    </row>
+    <row r="5" spans="1:6" ht="63.75" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A5" s="4"/>
+      <c r="B5" s="39" t="s">
+        <v>78</v>
+      </c>
+      <c r="C5" s="40" t="s">
+        <v>1</v>
+      </c>
+      <c r="D5" s="41" t="s">
+        <v>2</v>
+      </c>
+      <c r="E5" s="41" t="s">
+        <v>3</v>
+      </c>
+      <c r="F5" s="41" t="s">
+        <v>77</v>
+      </c>
+    </row>
+    <row r="6" spans="1:6" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A6" s="30" t="s">
+        <v>4</v>
+      </c>
+      <c r="B6" s="6">
+        <v>5000</v>
+      </c>
+      <c r="C6" s="7"/>
+      <c r="D6" s="6"/>
+      <c r="E6" s="20"/>
+      <c r="F6" s="6">
+        <v>5600</v>
+      </c>
+    </row>
+    <row r="7" spans="1:6" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A7" s="31" t="s">
+        <v>5</v>
+      </c>
+      <c r="B7" s="8"/>
+      <c r="C7" s="9"/>
+      <c r="D7" s="15">
+        <v>6500</v>
+      </c>
+      <c r="E7" s="21"/>
+      <c r="F7" s="15">
+        <v>7000</v>
+      </c>
+    </row>
+    <row r="8" spans="1:6" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A8" s="32" t="s">
+        <v>6</v>
+      </c>
+      <c r="B8" s="16">
+        <v>5000</v>
+      </c>
+      <c r="C8" s="10"/>
+      <c r="D8" s="16"/>
+      <c r="E8" s="22"/>
+      <c r="F8" s="16"/>
+    </row>
+    <row r="9" spans="1:6" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A9" s="31" t="s">
+        <v>7</v>
+      </c>
+      <c r="B9" s="15">
+        <v>6000</v>
+      </c>
+      <c r="C9" s="11">
+        <v>7000</v>
+      </c>
+      <c r="D9" s="15">
+        <v>7500</v>
+      </c>
+      <c r="E9" s="21">
+        <v>8000</v>
+      </c>
+      <c r="F9" s="15">
+        <v>7000</v>
+      </c>
+    </row>
+    <row r="10" spans="1:6" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A10" s="32" t="s">
+        <v>8</v>
+      </c>
+      <c r="B10" s="29"/>
+      <c r="C10" s="12">
+        <v>7500</v>
+      </c>
+      <c r="D10" s="16">
+        <v>7500</v>
+      </c>
+      <c r="E10" s="23">
+        <v>8500</v>
+      </c>
+      <c r="F10" s="16"/>
+    </row>
+    <row r="11" spans="1:6" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A11" s="31" t="s">
+        <v>9</v>
+      </c>
+      <c r="B11" s="8"/>
+      <c r="C11" s="11">
+        <v>6000</v>
+      </c>
+      <c r="D11" s="15">
+        <v>6500</v>
+      </c>
+      <c r="E11" s="21">
+        <v>7000</v>
+      </c>
+      <c r="F11" s="15">
+        <v>7000</v>
+      </c>
+    </row>
+    <row r="12" spans="1:6" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A12" s="32" t="s">
+        <v>10</v>
+      </c>
+      <c r="B12" s="33" t="s">
+        <v>60</v>
+      </c>
+      <c r="C12" s="12"/>
+      <c r="D12" s="16"/>
+      <c r="E12" s="23"/>
+      <c r="F12" s="16"/>
+    </row>
+    <row r="13" spans="1:6" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A13" s="31" t="s">
+        <v>11</v>
+      </c>
+      <c r="B13" s="34" t="s">
+        <v>59</v>
+      </c>
+      <c r="C13" s="9"/>
+      <c r="D13" s="8"/>
+      <c r="E13" s="21"/>
+      <c r="F13" s="15"/>
+    </row>
+    <row r="14" spans="1:6" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A14" s="32" t="s">
+        <v>12</v>
+      </c>
+      <c r="B14" s="16">
+        <v>2000</v>
+      </c>
+      <c r="C14" s="12">
+        <v>2500</v>
+      </c>
+      <c r="D14" s="16">
+        <v>2000</v>
+      </c>
+      <c r="E14" s="23">
+        <v>2000</v>
+      </c>
+      <c r="F14" s="16">
+        <v>2000</v>
+      </c>
+    </row>
+    <row r="15" spans="1:6" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A15" s="31" t="s">
+        <v>13</v>
+      </c>
+      <c r="B15" s="15">
+        <v>500</v>
+      </c>
+      <c r="C15" s="11">
+        <v>1000</v>
+      </c>
+      <c r="D15" s="15">
+        <v>600</v>
+      </c>
+      <c r="E15" s="21">
+        <v>600</v>
+      </c>
+      <c r="F15" s="15">
+        <v>600</v>
+      </c>
+    </row>
+    <row r="16" spans="1:6" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A16" s="32" t="s">
+        <v>14</v>
+      </c>
+      <c r="B16" s="16">
+        <v>1000</v>
+      </c>
+      <c r="C16" s="12">
+        <v>1000</v>
+      </c>
+      <c r="D16" s="16">
+        <v>1000</v>
+      </c>
+      <c r="E16" s="23">
+        <v>1000</v>
+      </c>
+      <c r="F16" s="16">
+        <v>1000</v>
+      </c>
+    </row>
+    <row r="17" spans="1:6" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A17" s="31" t="s">
+        <v>15</v>
+      </c>
+      <c r="B17" s="15">
+        <v>200</v>
+      </c>
+      <c r="C17" s="13" t="s">
+        <v>16</v>
+      </c>
+      <c r="D17" s="15">
+        <v>200</v>
+      </c>
+      <c r="E17" s="21">
+        <v>200</v>
+      </c>
+      <c r="F17" s="15">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="18" spans="1:6" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A18" s="32" t="s">
+        <v>17</v>
+      </c>
+      <c r="B18" s="29" t="s">
+        <v>18</v>
+      </c>
+      <c r="C18" s="12">
+        <v>1400</v>
+      </c>
+      <c r="D18" s="16">
+        <v>1400</v>
+      </c>
+      <c r="E18" s="23">
+        <v>1400</v>
+      </c>
+      <c r="F18" s="16">
+        <v>1400</v>
+      </c>
+    </row>
+    <row r="19" spans="1:6" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A19" s="31" t="s">
+        <v>19</v>
+      </c>
+      <c r="B19" s="15">
+        <v>1000</v>
+      </c>
+      <c r="C19" s="11">
+        <v>1000</v>
+      </c>
+      <c r="D19" s="15">
+        <v>1000</v>
+      </c>
+      <c r="E19" s="21"/>
+      <c r="F19" s="15">
+        <v>600</v>
+      </c>
+    </row>
+    <row r="20" spans="1:6" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A20" s="35" t="s">
+        <v>20</v>
+      </c>
+      <c r="B20" s="16">
+        <v>3800</v>
+      </c>
+      <c r="C20" s="12">
+        <v>3000</v>
+      </c>
+      <c r="D20" s="16">
+        <v>3000</v>
+      </c>
+      <c r="E20" s="23">
+        <v>3000</v>
+      </c>
+      <c r="F20" s="17" t="s">
+        <v>76</v>
+      </c>
+    </row>
+    <row r="21" spans="1:6" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A21" s="31" t="s">
+        <v>21</v>
+      </c>
+      <c r="B21" s="15">
+        <v>2000</v>
+      </c>
+      <c r="C21" s="9"/>
+      <c r="D21" s="8"/>
+      <c r="E21" s="24"/>
+      <c r="F21" s="15"/>
+    </row>
+    <row r="22" spans="1:6" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A22" s="35" t="s">
+        <v>22</v>
+      </c>
+      <c r="B22" s="16">
+        <v>200</v>
+      </c>
+      <c r="C22" s="12">
+        <v>200</v>
+      </c>
+      <c r="D22" s="16">
+        <v>600</v>
+      </c>
+      <c r="E22" s="23">
+        <v>600</v>
+      </c>
+      <c r="F22" s="16">
+        <v>400</v>
+      </c>
+    </row>
+    <row r="23" spans="1:6" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A23" s="31" t="s">
+        <v>23</v>
+      </c>
+      <c r="B23" s="15">
+        <v>800</v>
+      </c>
+      <c r="C23" s="9"/>
+      <c r="D23" s="8"/>
+      <c r="E23" s="24"/>
+      <c r="F23" s="15">
+        <v>800</v>
+      </c>
+    </row>
+    <row r="24" spans="1:6" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A24" s="32" t="s">
+        <v>24</v>
+      </c>
+      <c r="B24" s="16">
+        <v>1000</v>
+      </c>
+      <c r="C24" s="12">
+        <v>1000</v>
+      </c>
+      <c r="D24" s="16">
+        <v>1000</v>
+      </c>
+      <c r="E24" s="23">
+        <v>1000</v>
+      </c>
+      <c r="F24" s="16">
+        <v>1000</v>
+      </c>
+    </row>
+    <row r="25" spans="1:6" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A25" s="31" t="s">
+        <v>25</v>
+      </c>
+      <c r="B25" s="15">
+        <v>3000</v>
+      </c>
+      <c r="C25" s="11">
+        <v>3000</v>
+      </c>
+      <c r="D25" s="15">
+        <v>3000</v>
+      </c>
+      <c r="E25" s="21">
+        <v>3800</v>
+      </c>
+      <c r="F25" s="15"/>
+    </row>
+    <row r="26" spans="1:6" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A26" s="32" t="s">
+        <v>26</v>
+      </c>
+      <c r="B26" s="16">
+        <v>1000</v>
+      </c>
+      <c r="C26" s="12">
+        <v>1200</v>
+      </c>
+      <c r="D26" s="16">
+        <v>1200</v>
+      </c>
+      <c r="E26" s="23">
+        <v>1200</v>
+      </c>
+      <c r="F26" s="16">
+        <v>1200</v>
+      </c>
+    </row>
+    <row r="27" spans="1:6" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A27" s="31" t="s">
+        <v>27</v>
+      </c>
+      <c r="B27" s="15">
+        <v>1600</v>
+      </c>
+      <c r="C27" s="11">
+        <v>1600</v>
+      </c>
+      <c r="D27" s="15">
+        <v>1600</v>
+      </c>
+      <c r="E27" s="21">
+        <v>1600</v>
+      </c>
+      <c r="F27" s="15">
+        <v>1600</v>
+      </c>
+    </row>
+    <row r="28" spans="1:6" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A28" s="32" t="s">
+        <v>28</v>
+      </c>
+      <c r="B28" s="16">
+        <v>1000</v>
+      </c>
+      <c r="C28" s="12">
+        <v>1000</v>
+      </c>
+      <c r="D28" s="16">
+        <v>1000</v>
+      </c>
+      <c r="E28" s="23">
+        <v>1000</v>
+      </c>
+      <c r="F28" s="16">
+        <v>1000</v>
+      </c>
+    </row>
+    <row r="29" spans="1:6" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A29" s="31" t="s">
+        <v>29</v>
+      </c>
+      <c r="B29" s="15">
+        <v>1200</v>
+      </c>
+      <c r="C29" s="11">
+        <v>1400</v>
+      </c>
+      <c r="D29" s="15">
+        <v>1400</v>
+      </c>
+      <c r="E29" s="21">
+        <v>1400</v>
+      </c>
+      <c r="F29" s="15">
+        <v>1200</v>
+      </c>
+    </row>
+    <row r="30" spans="1:6" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A30" s="32" t="s">
+        <v>30</v>
+      </c>
+      <c r="B30" s="16">
+        <v>3000</v>
+      </c>
+      <c r="C30" s="12">
+        <v>3000</v>
+      </c>
+      <c r="D30" s="17" t="s">
+        <v>61</v>
+      </c>
+      <c r="E30" s="25" t="s">
+        <v>62</v>
+      </c>
+      <c r="F30" s="16">
+        <v>3000</v>
+      </c>
+    </row>
+    <row r="31" spans="1:6" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A31" s="31" t="s">
+        <v>31</v>
+      </c>
+      <c r="B31" s="15">
+        <v>1800</v>
+      </c>
+      <c r="C31" s="11">
+        <v>1800</v>
+      </c>
+      <c r="D31" s="8"/>
+      <c r="E31" s="24"/>
+      <c r="F31" s="15">
+        <v>1800</v>
+      </c>
+    </row>
+    <row r="32" spans="1:6" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A32" s="32" t="s">
+        <v>32</v>
+      </c>
+      <c r="B32" s="16">
+        <v>2400</v>
+      </c>
+      <c r="C32" s="12">
+        <v>2700</v>
+      </c>
+      <c r="D32" s="16">
+        <v>2700</v>
+      </c>
+      <c r="E32" s="23">
+        <v>2700</v>
+      </c>
+      <c r="F32" s="16">
+        <v>2400</v>
+      </c>
+    </row>
+    <row r="33" spans="1:6" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A33" s="31" t="s">
+        <v>33</v>
+      </c>
+      <c r="B33" s="8"/>
+      <c r="C33" s="9"/>
+      <c r="D33" s="8">
+        <v>3700</v>
+      </c>
+      <c r="E33" s="21">
+        <v>3700</v>
+      </c>
+      <c r="F33" s="15"/>
+    </row>
+    <row r="34" spans="1:6" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A34" s="36" t="s">
+        <v>70</v>
+      </c>
+      <c r="B34" s="17" t="s">
+        <v>34</v>
+      </c>
+      <c r="C34" s="14" t="s">
+        <v>34</v>
+      </c>
+      <c r="D34" s="17" t="s">
+        <v>64</v>
+      </c>
+      <c r="E34" s="25" t="s">
+        <v>63</v>
+      </c>
+      <c r="F34" s="16" t="s">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="35" spans="1:6" ht="31.5" x14ac:dyDescent="0.25">
+      <c r="A35" s="37" t="s">
+        <v>71</v>
+      </c>
+      <c r="B35" s="15" t="s">
+        <v>35</v>
+      </c>
+      <c r="C35" s="11" t="s">
+        <v>35</v>
+      </c>
+      <c r="D35" s="28" t="s">
+        <v>63</v>
+      </c>
+      <c r="E35" s="26" t="s">
+        <v>65</v>
+      </c>
+      <c r="F35" s="15" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="36" spans="1:6" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A36" s="32" t="s">
+        <v>36</v>
+      </c>
+      <c r="B36" s="16">
+        <v>1700</v>
+      </c>
+      <c r="C36" s="14" t="s">
+        <v>37</v>
+      </c>
+      <c r="D36" s="17" t="s">
+        <v>37</v>
+      </c>
+      <c r="E36" s="25" t="s">
+        <v>37</v>
+      </c>
+      <c r="F36" s="16">
+        <v>1400</v>
+      </c>
+    </row>
+    <row r="37" spans="1:6" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A37" s="31" t="s">
         <v>38</v>
       </c>
-      <c r="D2" s="19"/>
-[...61 lines deleted...]
-      <c r="D7" s="8" t="s">
+      <c r="B37" s="15">
+        <v>600</v>
+      </c>
+      <c r="C37" s="11">
+        <v>800</v>
+      </c>
+      <c r="D37" s="15">
+        <v>800</v>
+      </c>
+      <c r="E37" s="21">
+        <v>800</v>
+      </c>
+      <c r="F37" s="15">
+        <v>600</v>
+      </c>
+    </row>
+    <row r="38" spans="1:6" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A38" s="35" t="s">
+        <v>39</v>
+      </c>
+      <c r="B38" s="16">
+        <v>1000</v>
+      </c>
+      <c r="C38" s="12" t="s">
+        <v>40</v>
+      </c>
+      <c r="D38" s="16">
+        <v>3000</v>
+      </c>
+      <c r="E38" s="23">
+        <v>3500</v>
+      </c>
+      <c r="F38" s="16">
+        <v>1400</v>
+      </c>
+    </row>
+    <row r="39" spans="1:6" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A39" s="31" t="s">
+        <v>41</v>
+      </c>
+      <c r="B39" s="15">
+        <v>4000</v>
+      </c>
+      <c r="C39" s="9">
+        <v>5000</v>
+      </c>
+      <c r="D39" s="15">
+        <v>5400</v>
+      </c>
+      <c r="E39" s="21">
+        <v>5400</v>
+      </c>
+      <c r="F39" s="18" t="s">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="40" spans="1:6" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A40" s="35" t="s">
+        <v>42</v>
+      </c>
+      <c r="B40" s="29"/>
+      <c r="C40" s="10"/>
+      <c r="D40" s="29">
+        <v>5800</v>
+      </c>
+      <c r="E40" s="23">
+        <v>5800</v>
+      </c>
+      <c r="F40" s="16"/>
+    </row>
+    <row r="41" spans="1:6" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A41" s="31" t="s">
+        <v>43</v>
+      </c>
+      <c r="B41" s="28" t="s">
+        <v>74</v>
+      </c>
+      <c r="C41" s="11">
+        <v>3000</v>
+      </c>
+      <c r="D41" s="28" t="s">
+        <v>66</v>
+      </c>
+      <c r="E41" s="21" t="s">
+        <v>66</v>
+      </c>
+      <c r="F41" s="15">
+        <v>2400</v>
+      </c>
+    </row>
+    <row r="42" spans="1:6" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A42" s="31" t="s">
+        <v>44</v>
+      </c>
+      <c r="B42" s="16">
+        <v>1800</v>
+      </c>
+      <c r="C42" s="12">
+        <v>4000</v>
+      </c>
+      <c r="D42" s="16">
+        <v>2000</v>
+      </c>
+      <c r="E42" s="23">
+        <v>2000</v>
+      </c>
+      <c r="F42" s="16">
+        <v>1800</v>
+      </c>
+    </row>
+    <row r="43" spans="1:6" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A43" s="31" t="s">
+        <v>45</v>
+      </c>
+      <c r="B43" s="15">
+        <v>1800</v>
+      </c>
+      <c r="C43" s="11">
+        <v>2400</v>
+      </c>
+      <c r="D43" s="15">
+        <v>2600</v>
+      </c>
+      <c r="E43" s="21">
+        <v>3200</v>
+      </c>
+      <c r="F43" s="15">
+        <v>1800</v>
+      </c>
+    </row>
+    <row r="44" spans="1:6" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A44" s="35" t="s">
+        <v>46</v>
+      </c>
+      <c r="B44" s="16" t="s">
+        <v>47</v>
+      </c>
+      <c r="C44" s="12">
+        <v>2500</v>
+      </c>
+      <c r="D44" s="16">
+        <v>1500</v>
+      </c>
+      <c r="E44" s="23">
+        <v>1500</v>
+      </c>
+      <c r="F44" s="16">
+        <v>1000</v>
+      </c>
+    </row>
+    <row r="45" spans="1:6" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A45" s="31" t="s">
+        <v>48</v>
+      </c>
+      <c r="B45" s="15">
+        <v>3000</v>
+      </c>
+      <c r="C45" s="11">
+        <v>3000</v>
+      </c>
+      <c r="D45" s="15">
+        <v>3600</v>
+      </c>
+      <c r="E45" s="21">
+        <v>3600</v>
+      </c>
+      <c r="F45" s="15">
+        <v>3000</v>
+      </c>
+    </row>
+    <row r="46" spans="1:6" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A46" s="35" t="s">
+        <v>49</v>
+      </c>
+      <c r="B46" s="16">
+        <v>3000</v>
+      </c>
+      <c r="C46" s="12">
+        <v>3000</v>
+      </c>
+      <c r="D46" s="16">
+        <v>3600</v>
+      </c>
+      <c r="E46" s="23">
+        <v>3600</v>
+      </c>
+      <c r="F46" s="16">
+        <v>3000</v>
+      </c>
+    </row>
+    <row r="47" spans="1:6" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A47" s="31" t="s">
+        <v>50</v>
+      </c>
+      <c r="B47" s="15">
+        <v>3200</v>
+      </c>
+      <c r="C47" s="11">
+        <v>3000</v>
+      </c>
+      <c r="D47" s="15">
+        <v>3600</v>
+      </c>
+      <c r="E47" s="21">
+        <v>3600</v>
+      </c>
+      <c r="F47" s="15">
+        <v>3800</v>
+      </c>
+    </row>
+    <row r="48" spans="1:6" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A48" s="35" t="s">
+        <v>51</v>
+      </c>
+      <c r="B48" s="16">
+        <v>3800</v>
+      </c>
+      <c r="C48" s="12">
+        <v>3000</v>
+      </c>
+      <c r="D48" s="16">
+        <v>3600</v>
+      </c>
+      <c r="E48" s="23">
+        <v>3600</v>
+      </c>
+      <c r="F48" s="16">
+        <v>3800</v>
+      </c>
+    </row>
+    <row r="49" spans="1:6" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A49" s="31" t="s">
+        <v>52</v>
+      </c>
+      <c r="B49" s="15">
+        <v>1800</v>
+      </c>
+      <c r="C49" s="11">
+        <v>2600</v>
+      </c>
+      <c r="D49" s="15">
+        <v>3000</v>
+      </c>
+      <c r="E49" s="21">
+        <v>3000</v>
+      </c>
+      <c r="F49" s="15">
+        <v>1800</v>
+      </c>
+    </row>
+    <row r="50" spans="1:6" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A50" s="35" t="s">
         <v>53</v>
       </c>
-      <c r="E7" s="8">
-[...92 lines deleted...]
-      <c r="B13" s="8">
+      <c r="B50" s="16">
+        <v>3000</v>
+      </c>
+      <c r="C50" s="12">
+        <v>2600</v>
+      </c>
+      <c r="D50" s="16">
+        <v>2400</v>
+      </c>
+      <c r="E50" s="23">
+        <v>2400</v>
+      </c>
+      <c r="F50" s="16">
+        <v>3000</v>
+      </c>
+    </row>
+    <row r="51" spans="1:6" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A51" s="31" t="s">
+        <v>54</v>
+      </c>
+      <c r="B51" s="15">
+        <v>3000</v>
+      </c>
+      <c r="C51" s="11">
+        <v>2400</v>
+      </c>
+      <c r="D51" s="15">
+        <v>2400</v>
+      </c>
+      <c r="E51" s="21">
+        <v>2400</v>
+      </c>
+      <c r="F51" s="15">
+        <v>2400</v>
+      </c>
+    </row>
+    <row r="52" spans="1:6" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A52" s="32" t="s">
+        <v>55</v>
+      </c>
+      <c r="B52" s="16">
         <v>1500</v>
       </c>
-      <c r="C13" s="8" t="s">
-[...2 lines deleted...]
-      <c r="D13" s="8">
+      <c r="C52" s="12">
         <v>1500</v>
       </c>
-      <c r="E13" s="8">
+      <c r="D52" s="16">
         <v>1500</v>
       </c>
-    </row>
-[...41 lines deleted...]
-      <c r="C16" s="8" t="s">
+      <c r="E52" s="23">
+        <v>1500</v>
+      </c>
+      <c r="F52" s="16">
+        <v>1500</v>
+      </c>
+    </row>
+    <row r="53" spans="1:6" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A53" s="31" t="s">
+        <v>72</v>
+      </c>
+      <c r="B53" s="15" t="s">
+        <v>67</v>
+      </c>
+      <c r="C53" s="11" t="s">
+        <v>67</v>
+      </c>
+      <c r="D53" s="8"/>
+      <c r="E53" s="24"/>
+      <c r="F53" s="15">
+        <v>1400</v>
+      </c>
+    </row>
+    <row r="54" spans="1:6" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A54" s="32" t="s">
         <v>56</v>
       </c>
-      <c r="D16" s="8" t="s">
+      <c r="B54" s="16">
+        <v>1200</v>
+      </c>
+      <c r="C54" s="12">
+        <v>1200</v>
+      </c>
+      <c r="D54" s="16">
+        <v>1200</v>
+      </c>
+      <c r="E54" s="23">
+        <v>1200</v>
+      </c>
+      <c r="F54" s="16">
+        <v>1200</v>
+      </c>
+    </row>
+    <row r="55" spans="1:6" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A55" s="38" t="s">
         <v>57</v>
       </c>
-      <c r="E16" s="8">
-[...10 lines deleted...]
-      <c r="C17" s="8" t="s">
+      <c r="B55" s="19" t="s">
+        <v>69</v>
+      </c>
+      <c r="C55" s="5" t="s">
+        <v>73</v>
+      </c>
+      <c r="D55" s="19">
+        <v>11400</v>
+      </c>
+      <c r="E55" s="27" t="s">
+        <v>68</v>
+      </c>
+      <c r="F55" s="19">
+        <v>15000</v>
+      </c>
+    </row>
+    <row r="56" spans="1:6" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A56" s="42" t="s">
         <v>58</v>
       </c>
-      <c r="D17" s="8">
-[...708 lines deleted...]
-      <c r="E68" s="1"/>
+      <c r="B56" s="43"/>
+      <c r="C56" s="43"/>
+      <c r="D56" s="43"/>
+      <c r="E56" s="43"/>
+      <c r="F56" s="43"/>
     </row>
   </sheetData>
   <mergeCells count="4">
-    <mergeCell ref="C3:E3"/>
-[...2 lines deleted...]
-    <mergeCell ref="C2:E2"/>
+    <mergeCell ref="A56:F56"/>
+    <mergeCell ref="D2:F2"/>
+    <mergeCell ref="D3:F3"/>
+    <mergeCell ref="A4:F4"/>
   </mergeCells>
-  <pageMargins left="0.57999999999999996" right="0.56999999999999995" top="0.31" bottom="0.34" header="0.22" footer="0.23"/>
-  <pageSetup paperSize="9" scale="86" fitToWidth="0" orientation="portrait" horizontalDpi="0" verticalDpi="0" r:id="rId1"/>
+  <pageMargins left="0.70866141732283472" right="0.70866141732283472" top="0.62992125984251968" bottom="0.62992125984251968" header="0.11811023622047245" footer="0.11811023622047245"/>
+  <pageSetup paperSize="9" scale="69" fitToHeight="0" orientation="portrait" r:id="rId1"/>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0100-000000000000}">
   <dimension ref="A1"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <sheetData/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0200-000000000000}">
   <dimension ref="A1"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <sheetData/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Листы</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="3" baseType="lpstr">
       <vt:lpstr>Лист1</vt:lpstr>
       <vt:lpstr>Лист2</vt:lpstr>
       <vt:lpstr>Лист3</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
+  <Company/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:creator>1</dc:creator>
-[...1 lines deleted...]
-  <cp:lastPrinted></cp:lastPrinted>
+  <dc:creator/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>